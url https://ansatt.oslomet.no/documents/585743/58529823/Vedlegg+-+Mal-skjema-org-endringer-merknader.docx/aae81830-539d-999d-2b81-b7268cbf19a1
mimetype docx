--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -1,4264 +1,1992 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00713BD6" w:rsidRDefault="00713BD6" w:rsidP="00653E04">
+    <w:p w14:paraId="67C6AE35" w14:textId="6603E287" w:rsidR="00BF4DB8" w:rsidRPr="00BF4DB8" w:rsidRDefault="00BF4DB8" w:rsidP="00BF4DB8">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:pStyle w:val="Tittel"/>
         <w:rPr>
-          <w:rStyle w:val="Overskrift1Tegn"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00713BD6">
+      <w:r w:rsidRPr="00BF4DB8">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="nb-NO"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>Skjema fylles ut av lokal enhet og sendes Avd. HR elektronisk i saksbehandlingssystemet.</w:t>
+        <w:t xml:space="preserve">Mal for Skjema for iverksettelse av </w:t>
       </w:r>
-      <w:r w:rsidRPr="00713BD6">
+      <w:r w:rsidR="00192A62">
         <w:rPr>
-          <w:rStyle w:val="Overskrift1Tegn"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>organisasjonsendringer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF4DB8">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00214001" w:rsidRPr="00713BD6" w:rsidRDefault="00214001" w:rsidP="00653E04">
-[...27 lines deleted...]
-        <w:t>Overskrift</w:t>
+    <w:p w14:paraId="4C1607B0" w14:textId="61FE8D62" w:rsidR="00BF4DB8" w:rsidRPr="00BF4DB8" w:rsidRDefault="00BF4DB8" w:rsidP="00BF4DB8">
+      <w:r w:rsidRPr="00BF4DB8">
+        <w:t xml:space="preserve">Skjema fylles ut av lokal enhet og sendes Avd. HR elektronisk i saksbehandlingssystemet. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00214001" w:rsidRPr="00697351" w:rsidRDefault="00214001" w:rsidP="00653E04">
-[...287 lines deleted...]
-    </w:sdt>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9776" w:type="dxa"/>
-[...12 lines deleted...]
-        </w:tblCellMar>
+        <w:tblStyle w:val="Tabellrutenett"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3539"/>
-        <w:gridCol w:w="6237"/>
+        <w:gridCol w:w="2830"/>
+        <w:gridCol w:w="6520"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006A4AC1" w:rsidRPr="00653E04" w:rsidTr="006A4AC1">
-[...10 lines deleted...]
-          <w:p w:rsidR="006A4AC1" w:rsidRPr="00653E04" w:rsidRDefault="006A4AC1" w:rsidP="00653E04">
+      <w:tr w:rsidR="00C60CA3" w14:paraId="6DE175FE" w14:textId="77777777" w:rsidTr="00BF4DB8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="313770D0" w14:textId="77777777" w:rsidR="00E743BD" w:rsidRDefault="00E743BD">
             <w:pPr>
-              <w:tabs>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="nb-NO"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00653E04">
-[...21 lines deleted...]
-          <w:p w:rsidR="006A4AC1" w:rsidRPr="00653E04" w:rsidRDefault="006A4AC1" w:rsidP="00653E04">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Vedtak for organisasjonsendring</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D39BF0" w14:textId="4C67607B" w:rsidR="00E743BD" w:rsidRPr="00E743BD" w:rsidRDefault="00E743BD">
             <w:pPr>
-              <w:tabs>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="nb-NO"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00653E04">
-[...9 lines deleted...]
-          </w:p>
+            <w:r w:rsidRPr="00E743BD">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Saksnummer i p360</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78123753" w14:textId="77777777" w:rsidR="00C60CA3" w:rsidRDefault="00C60CA3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4AC1" w:rsidRPr="00653E04" w:rsidTr="006A4AC1">
-[...11 lines deleted...]
-          <w:p w:rsidR="006A4AC1" w:rsidRPr="00653E04" w:rsidRDefault="006A4AC1" w:rsidP="00653E04">
+      <w:tr w:rsidR="001F2186" w14:paraId="7A0BFDE3" w14:textId="77777777" w:rsidTr="00BF4DB8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="692FA859" w14:textId="6B5FC2F6" w:rsidR="001F2186" w:rsidRPr="003E639B" w:rsidRDefault="001F2186">
             <w:pPr>
-              <w:tabs>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="nb-NO"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00653E04">
-[...514 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="003E639B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Type endring</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D1F30C7" w14:textId="332E0368" w:rsidR="001F2186" w:rsidRDefault="00B81A0C">
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...1485 lines deleted...]
-                <w:id w:val="-649360027"/>
+                <w:id w:val="850763388"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="006A4AC1" w:rsidRPr="00653E04">
+                <w:r w:rsidR="001F2186">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
-[...2 lines deleted...]
-                    <w:lang w:eastAsia="nb-NO"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="006A4AC1" w:rsidRPr="00653E04">
-[...16 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="003B0682">
+              <w:t>Opprettelse av ny enhet</w:t>
+            </w:r>
+            <w:r w:rsidR="005B3D9E">
+              <w:t>(er)</w:t>
+            </w:r>
+            <w:r w:rsidR="00667EA0">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="003B0682">
+              <w:t>uten nedleggelse</w:t>
+            </w:r>
+            <w:r w:rsidR="003E2240">
+              <w:t>r</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39BAA10A" w14:textId="07458234" w:rsidR="00667EA0" w:rsidRDefault="00B81A0C">
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...5 lines deleted...]
-                <w:id w:val="693344734"/>
+                <w:id w:val="-919010568"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="006A4AC1" w:rsidRPr="00653E04">
+                <w:r w:rsidR="00667EA0">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
-[...2 lines deleted...]
-                    <w:lang w:eastAsia="nb-NO"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="006A4AC1" w:rsidRPr="00653E04">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">  NEI</w:t>
+            <w:r w:rsidR="00667EA0">
+              <w:t>Nedleggelse av enhet(er), uten opprettelse</w:t>
+            </w:r>
+            <w:r w:rsidR="003E2240">
+              <w:t>r</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52670368" w14:textId="01353B2B" w:rsidR="00667EA0" w:rsidRDefault="00B81A0C">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1280171376"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00CA7544">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00CA7544">
+              <w:t>Nedleggelse og opprettelse av enheter</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59AB102C" w14:textId="46AC01CB" w:rsidR="005B3D9E" w:rsidRDefault="00B81A0C" w:rsidP="00CA7544">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1797783484"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="008042E4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="006C07B5">
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="003B0682">
+              <w:t xml:space="preserve">avneendring </w:t>
+            </w:r>
+            <w:r w:rsidR="003E2240">
+              <w:t>av</w:t>
+            </w:r>
+            <w:r w:rsidR="003B0682">
+              <w:t xml:space="preserve"> eksisterende enheter</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="645A5F6E" w14:textId="4ECB2860" w:rsidR="00D6452D" w:rsidRDefault="00B81A0C" w:rsidP="00CA7544">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="160520894"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00DB7957">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="003D6B79" w:rsidRPr="009528E8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Kun</w:t>
+            </w:r>
+            <w:r w:rsidR="003D6B79">
+              <w:t xml:space="preserve"> flytting av ansatte</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A4AC1" w:rsidRPr="00653E04" w:rsidTr="006A4AC1">
-[...10 lines deleted...]
-          <w:p w:rsidR="006A4AC1" w:rsidRPr="00653E04" w:rsidRDefault="006A4AC1" w:rsidP="00653E04">
+      <w:tr w:rsidR="001F2186" w14:paraId="275193D9" w14:textId="77777777" w:rsidTr="004E284E">
+        <w:trPr>
+          <w:trHeight w:val="1221"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3917E221" w14:textId="63E8B783" w:rsidR="00BF4DB8" w:rsidRPr="003E639B" w:rsidRDefault="001F2186">
             <w:pPr>
-              <w:tabs>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="nb-NO"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00653E04">
-[...24 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="003E639B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Beskrivelse</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF4DB8" w:rsidRPr="003E639B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> av endringen</w:t>
+            </w:r>
+            <w:r w:rsidR="00026984" w:rsidRPr="003E639B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> og plassering i organisasjonen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="644ADEC8" w14:textId="77777777" w:rsidR="001F2186" w:rsidRDefault="001F2186"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00931133" w14:paraId="5403F1FD" w14:textId="77777777" w:rsidTr="00BF4DB8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="332B7061" w14:textId="6B3ACE92" w:rsidR="00931133" w:rsidRPr="00BF4DB8" w:rsidRDefault="00931133" w:rsidP="00931133">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E284E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Beskriv plasseringen i organisasjonskartet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24831687" w14:textId="77777777" w:rsidR="00931133" w:rsidRDefault="00931133" w:rsidP="00931133"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00931133" w14:paraId="0296E888" w14:textId="77777777" w:rsidTr="00BF4DB8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A155A4A" w14:textId="1F392866" w:rsidR="00931133" w:rsidRPr="00BF4DB8" w:rsidRDefault="00DB7957" w:rsidP="003F68FF">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Synlig i organisasjonskartet?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F7712A7" w14:textId="08260914" w:rsidR="00931133" w:rsidRDefault="00B81A0C" w:rsidP="003F68FF">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="247239053"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00DB7957">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00DB7957">
+              <w:t xml:space="preserve"> Synlig</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="603594B6" w14:textId="0306A646" w:rsidR="00DB7957" w:rsidRDefault="00B81A0C" w:rsidP="003F68FF">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1297520278"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00DB7957">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00DB7957">
+              <w:t xml:space="preserve"> Ikke synlig</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F68FF" w14:paraId="3963283E" w14:textId="77777777" w:rsidTr="00BF4DB8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5303F94C" w14:textId="77777777" w:rsidR="003F68FF" w:rsidRPr="00BF4DB8" w:rsidRDefault="003F68FF" w:rsidP="003F68FF">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4DB8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Virkningsdato</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FA1A29A" w14:textId="0E777DAB" w:rsidR="003F68FF" w:rsidRPr="00636955" w:rsidRDefault="003F68FF" w:rsidP="003F68FF">
+            <w:pPr>
+              <w:rPr>
                 <w:i/>
-                <w:color w:val="000000"/>
-[...63 lines deleted...]
-                <w:lang w:eastAsia="nb-NO"/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00653E04">
-[...45 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00636955">
+              <w:rPr>
                 <w:i/>
-                <w:color w:val="000000"/>
-[...37 lines deleted...]
-          </w:sdt>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>01.01 eller 01.07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E7E5AD" w14:textId="191CB1CF" w:rsidR="003F68FF" w:rsidRDefault="003F68FF" w:rsidP="003F68FF"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001B3650" w:rsidRDefault="001B3650" w:rsidP="00653E04">
-[...24 lines deleted...]
-        <w:t>*Avd. HR gjør dette</w:t>
+    <w:p w14:paraId="41F0DE1A" w14:textId="77777777" w:rsidR="001F2186" w:rsidRDefault="001F2186"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellrutenett"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2851"/>
+        <w:gridCol w:w="3110"/>
+        <w:gridCol w:w="3389"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00636955" w:rsidRPr="00FB7B4F" w14:paraId="0712CADB" w14:textId="77777777" w:rsidTr="00636955">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E52D97" w14:textId="77777777" w:rsidR="00636955" w:rsidRPr="003E639B" w:rsidRDefault="00636955" w:rsidP="00EA0EAC">
+            <w:r w:rsidRPr="003E639B">
+              <w:t>Organisasjonsbetegnelser – sentral HR kan bistå ved behov</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7AC0" w:rsidRPr="00BF4DB8" w14:paraId="4FEDAAB2" w14:textId="77777777" w:rsidTr="00636955">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D96DEF" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRPr="003E639B" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5B441C" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRPr="003E639B" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E639B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Gammel*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E50E1A8" w14:textId="7C86BDB0" w:rsidR="004C7AC0" w:rsidRPr="003E639B" w:rsidRDefault="00B81A0C" w:rsidP="00EA0EAC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="004C7AC0" w:rsidRPr="003E639B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7AC0" w14:paraId="2B8824A5" w14:textId="77777777" w:rsidTr="00636955">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BBA3F22" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC">
+            <w:r w:rsidRPr="00BF4DB8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Norsk organisasjons-enhetsbetegnelse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6314FEB3" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="377C02E7" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7AC0" w14:paraId="37D6C282" w14:textId="77777777" w:rsidTr="00636955">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20F2A7C8" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRPr="00BF4DB8" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4DB8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Engelsk organisasjons-enhetsbetegnelse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="181B7555" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7070F0E7" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7AC0" w14:paraId="6BD10154" w14:textId="77777777" w:rsidTr="00636955">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44F0C0FB" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRPr="00BF4DB8" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4DB8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Enhetskode</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63282929" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4DB8">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Maks 12 pkt</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16BFEAC8" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRPr="00BF4DB8" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Sentral HR kan bistå</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B9EA8D0" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70BF0934" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7AC0" w14:paraId="49CE4D12" w14:textId="77777777" w:rsidTr="00636955">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C2CF404" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRPr="00BF4DB8" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4DB8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>SAP-enhetsnavn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="739A2B12" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4DB8">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Maks 40 pkt</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C7347C6" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRPr="00BF4DB8" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Sentral HR kan bistå</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D95690B" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17EBBD6A" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7AC0" w14:paraId="38AB47CE" w14:textId="77777777" w:rsidTr="00636955">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A6F82E9" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRPr="00BF4DB8" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4DB8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Intern forkortelse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72FDD02D" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E283CA5" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7AC0" w14:paraId="2BB9C2E7" w14:textId="77777777" w:rsidTr="00636955">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DEE76B7" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRPr="00BF4DB8" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4DB8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Formell forkortelse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3110" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="604D0BE4" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3389" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06CE19A0" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2AD9FEE6" w14:textId="35292843" w:rsidR="004C7AC0" w:rsidRDefault="00F269DD">
+      <w:r>
+        <w:t xml:space="preserve">*Dersom det kun er opprettelse av </w:t>
+      </w:r>
+      <w:r w:rsidR="00B81A0C">
+        <w:t xml:space="preserve">en ny </w:t>
+      </w:r>
+      <w:r>
+        <w:t>enhet, lar du</w:t>
+      </w:r>
+      <w:r w:rsidR="00B81A0C">
+        <w:t xml:space="preserve"> dette</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> feltet stå tomt. Dersom det er enheter som skal legges ned eller endres, skriver du de eksisterende betegnelsene under «gammel». </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00107C74" w:rsidRPr="00214001" w:rsidRDefault="001B3650" w:rsidP="00214001">
-[...21 lines deleted...]
-      <w:cols w:space="708"/>
+    <w:p w14:paraId="36545F71" w14:textId="77777777" w:rsidR="00F269DD" w:rsidRDefault="00F269DD"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellrutenett"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2830"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="3402"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FB7B4F" w14:paraId="70C8C75E" w14:textId="77777777" w:rsidTr="00FB7B4F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B68065C" w14:textId="198DA67F" w:rsidR="00FB7B4F" w:rsidRPr="003E639B" w:rsidRDefault="00B80A85">
+            <w:r w:rsidRPr="003E639B">
+              <w:t>Økonomi – avklares med økonomiavdelingen</w:t>
+            </w:r>
+            <w:r w:rsidR="000F1731">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidR="000F1731" w:rsidRPr="00D151DA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperkobling"/>
+                </w:rPr>
+                <w:t>regnskap@oslomet.no</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="000F1731">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00274938">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>før</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E639B">
+              <w:t xml:space="preserve"> innsending av skjema</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A84FBB" w14:paraId="5F70B32E" w14:textId="77777777" w:rsidTr="004C7AC0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E76A18" w14:textId="77777777" w:rsidR="00A84FBB" w:rsidRPr="003E639B" w:rsidRDefault="00A84FBB" w:rsidP="00A84FBB">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DE1201" w14:textId="4F5474DE" w:rsidR="00A84FBB" w:rsidRPr="003E639B" w:rsidRDefault="00A84FBB" w:rsidP="00A84FBB">
+            <w:r w:rsidRPr="003E639B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Gammel*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6590CB" w14:textId="124143D9" w:rsidR="00A84FBB" w:rsidRPr="003E639B" w:rsidRDefault="00B81A0C" w:rsidP="00A84FBB">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="00A84FBB" w:rsidRPr="003E639B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004C7AC0" w14:paraId="1F4C9212" w14:textId="77777777" w:rsidTr="004C7AC0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66CFB6DA" w14:textId="412A3D71" w:rsidR="004C7AC0" w:rsidRPr="00B80A85" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4DB8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Budsjettenhet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49A6C953" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E863FDC" w14:textId="77777777" w:rsidR="004C7AC0" w:rsidRDefault="004C7AC0" w:rsidP="00EA0EAC"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F2186" w14:paraId="3F2C987C" w14:textId="77777777" w:rsidTr="00BF4DB8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="399EC3A7" w14:textId="752EAC2E" w:rsidR="001F2186" w:rsidRPr="00B80A85" w:rsidRDefault="001F2186">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4DB8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Arbeidsordre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC4AD8B" w14:textId="77777777" w:rsidR="001F2186" w:rsidRDefault="001F2186"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0642791A" w14:textId="77777777" w:rsidR="001F2186" w:rsidRDefault="001F2186"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F2186" w14:paraId="6205E3EC" w14:textId="77777777" w:rsidTr="00BF4DB8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE4BF67" w14:textId="6EBC404B" w:rsidR="001F2186" w:rsidRPr="00B80A85" w:rsidRDefault="001F2186">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4DB8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Bestillingskode reisebyråavtale</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="548F824C" w14:textId="77777777" w:rsidR="001F2186" w:rsidRDefault="001F2186"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20867A13" w14:textId="77777777" w:rsidR="001F2186" w:rsidRDefault="001F2186"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F2186" w14:paraId="415942BF" w14:textId="77777777" w:rsidTr="00BF4DB8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07E69374" w14:textId="030FE3C3" w:rsidR="001F2186" w:rsidRPr="00B80A85" w:rsidRDefault="001F2186">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF4DB8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>DBH-avdeling</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33B387B5" w14:textId="77777777" w:rsidR="001F2186" w:rsidRDefault="001F2186"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0969F7EF" w14:textId="77777777" w:rsidR="001F2186" w:rsidRDefault="001F2186"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4204D988" w14:textId="6CD5786D" w:rsidR="00636955" w:rsidRDefault="00636955" w:rsidP="00921864"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellrutenett"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2830"/>
+        <w:gridCol w:w="6520"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009D7E81" w14:paraId="3F2093B7" w14:textId="77777777" w:rsidTr="00E60BF6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="172D019C" w14:textId="77777777" w:rsidR="009D7E81" w:rsidRPr="004E284E" w:rsidRDefault="009D7E81">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E284E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Fordeling av ansatte</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2904D320" w14:textId="634D4E03" w:rsidR="00E60BF6" w:rsidRPr="004E284E" w:rsidRDefault="00E60BF6">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E284E">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Om </w:t>
+            </w:r>
+            <w:r w:rsidR="00460C33">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">det er </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E284E">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">mange, </w:t>
+            </w:r>
+            <w:r w:rsidR="0077307B" w:rsidRPr="004E284E">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>l</w:t>
+            </w:r>
+            <w:r w:rsidR="0077307B">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>eg</w:t>
+            </w:r>
+            <w:r w:rsidR="0077307B" w:rsidRPr="004E284E">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">g </w:t>
+            </w:r>
+            <w:r w:rsidR="0077307B">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>ved</w:t>
+            </w:r>
+            <w:r w:rsidR="008755E6">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E284E">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>et vedlegg.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="392442B9" w14:textId="77777777" w:rsidR="009D7E81" w:rsidRDefault="009D7E81"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1A15666A" w14:textId="77777777" w:rsidR="009D7E81" w:rsidRDefault="009D7E81"/>
+    <w:p w14:paraId="51575FF1" w14:textId="25389FDC" w:rsidR="001F2186" w:rsidRDefault="001F2186"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellrutenett"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2830"/>
+        <w:gridCol w:w="6520"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00246D36" w14:paraId="204677DF" w14:textId="77777777" w:rsidTr="00246D36">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2830" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8C3C67" w14:textId="56CAF23D" w:rsidR="00246D36" w:rsidRPr="004E284E" w:rsidRDefault="00246D36">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004E284E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Hva skal gjøres med eksisterende Teams på Microsoft Teams</w:t>
+            </w:r>
+            <w:r w:rsidR="004E284E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5EC8A7" w14:textId="0637A4D3" w:rsidR="00DD379A" w:rsidRDefault="00B81A0C" w:rsidP="00B17C11">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="711398194"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B17C11">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00E5193E">
+              <w:t>Eksisterende T</w:t>
+            </w:r>
+            <w:r w:rsidR="00F66F41">
+              <w:t>eams skal slettes</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6BA3">
+              <w:t xml:space="preserve"> og erstattes</w:t>
+            </w:r>
+            <w:r w:rsidR="000C4B2F">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B17C11">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C4B2F">
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6BA3">
+              <w:t>nhetene er selv ansvarlige for å lagre filer før implementeringsdato</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C391BD7" w14:textId="05F4550B" w:rsidR="00DA6BA3" w:rsidRDefault="00B81A0C">
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1184624524"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00B17C11">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00E5193E">
+              <w:t>Eksisterende T</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6BA3">
+              <w:t>eams skal beholdes</w:t>
+            </w:r>
+            <w:r w:rsidR="000C4B2F">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B17C11">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000C4B2F">
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00B17C11">
+              <w:t>eskriv ytterligere</w:t>
+            </w:r>
+            <w:r w:rsidR="00681D5A">
+              <w:t xml:space="preserve"> under</w:t>
+            </w:r>
+            <w:r w:rsidR="000C4B2F">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00B17C11">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08926854" w14:textId="10952E46" w:rsidR="00B17C11" w:rsidRDefault="0007474F">
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="461CDC91" wp14:editId="36565ABF">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>66650</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>109728</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="2360930" cy="1404620"/>
+                      <wp:effectExtent l="0" t="0" r="22860" b="11430"/>
+                      <wp:wrapSquare wrapText="bothSides"/>
+                      <wp:docPr id="217" name="Tekstboks 2"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1">
+                              <a:spLocks noChangeArrowheads="1"/>
+                            </wps:cNvSpPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2360930" cy="1404620"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w14:paraId="6C1F8744" w14:textId="5992B109" w:rsidR="0007474F" w:rsidRDefault="0007474F"/>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                              <a:spAutoFit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>40000</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="margin">
+                        <wp14:pctHeight>20000</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shapetype w14:anchorId="461CDC91" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                      <v:stroke joinstyle="miter"/>
+                      <v:path gradientshapeok="t" o:connecttype="rect"/>
+                    </v:shapetype>
+                    <v:shape id="Tekstboks 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:5.25pt;margin-top:8.65pt;width:185.9pt;height:110.6pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:400;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:400;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBv8cf9EQIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99v2yAQx98n7X9AvC920iRrrDhVly7T&#10;pO6H1O0POGMco2GOAYmd/fU9SJpG3fYyjQcE3PHl7nPH8mboNNtL5xWako9HOWfSCKyV2Zb8+7fN&#10;m2vOfABTg0YjS36Qnt+sXr9a9raQE2xR19IxEjG+6G3J2xBskWVetLIDP0IrDRkbdB0E2rptVjvo&#10;Sb3T2STP51mPrrYOhfSeTu+ORr5K+k0jRfjSNF4GpktOsYU0uzRXcc5WSyi2DmyrxCkM+IcoOlCG&#10;Hj1L3UEAtnPqN6lOCYcemzAS2GXYNErIlANlM85fZPPQgpUpF4Lj7RmT/3+y4vP+wX51LAzvcKAC&#10;piS8vUfxwzOD6xbMVt46h30roaaHxxFZ1ltfnK5G1L7wUaTqP2FNRYZdwCQ0NK6LVChPRupUgMMZ&#10;uhwCE3Q4uZrniysyCbKNp/l0PkllyaB4um6dDx8kdiwuSu6oqkke9vc+xHCgeHKJr3nUqt4ordPG&#10;bau1dmwP1AGbNFIGL9y0YX3JF7PJ7EjgrxJ5Gn+S6FSgVtaqK/n12QmKyO29qVOjBVD6uKaQtTmB&#10;jOyOFMNQDeQYgVZYHwipw2PL0hejRYvuF2c9tWvJ/c8dOMmZ/mioLIvxdBr7O22ms7fEkLlLS3Vp&#10;ASNIquSBs+NyHdKfSMDsLZVvoxLY50hOsVIbJt6nLxP7/HKfvJ4/9uoRAAD//wMAUEsDBBQABgAI&#10;AAAAIQBVg8G43AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWErLRlWa&#10;TlMF10nbkLh6TWgLiVOatCv/HnOCk/30np4/l9vFWTGbMfSeFNyvEhCGGq97ahW8nl7uchAhImm0&#10;noyCbxNgW11flVhof6GDmY+xFVxCoUAFXYxDIWVoOuMwrPxgiL13PzqMLMdW6hEvXO6sTJNkIx32&#10;xBc6HEzdmebzODkF06nezYc6/Xib9/phv3lGh/ZLqdubZfcEIpol/oXhF5/RoWKms59IB2FZJ2tO&#10;8nzMQLCf5SkvZwVplq9BVqX8/0H1AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG/xx/0R&#10;AgAAIAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFWD&#10;wbjcAAAACQEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;">
+                      <v:textbox style="mso-fit-shape-to-text:t">
+                        <w:txbxContent>
+                          <w:p w14:paraId="6C1F8744" w14:textId="5992B109" w:rsidR="0007474F" w:rsidRDefault="0007474F"/>
+                        </w:txbxContent>
+                      </v:textbox>
+                      <w10:wrap type="square"/>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AF62718" w14:textId="1C3C5F87" w:rsidR="00B17C11" w:rsidRDefault="00B17C11"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6CD09277" w14:textId="77777777" w:rsidR="00246D36" w:rsidRDefault="00246D36"/>
+    <w:sectPr w:rsidR="00246D36" w:rsidSect="004D442C">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...88 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1473350C"/>
-[...85 lines deleted...]
-    <w:nsid w:val="59E27C7C"/>
+    <w:nsid w:val="127C526C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F2706230"/>
-    <w:lvl w:ilvl="0" w:tplc="04140001">
+    <w:tmpl w:val="6A98C0E4"/>
+    <w:lvl w:ilvl="0" w:tplc="6428DADA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="826CD7F8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E72281EC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="AAE6BA68">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9DDECE90">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="027A43FC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="833E47B2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E9A64D76">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="13888BFE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="210E5B96"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7BC81E1E"/>
+    <w:lvl w:ilvl="0" w:tplc="5686AF8E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04140003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04140005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04140001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04140003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3280" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04140005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4000" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04140001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04140003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04140005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A45542D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7EB44BC2"/>
+    <w:lvl w:ilvl="0" w:tplc="0414000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04140019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0414001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0414000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04140019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0414001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0414000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04140019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0414001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="86312808">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1107118419">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="2064676299">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="99"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00713BD6"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00EE1273"/>
+    <w:rsidRoot w:val="001F2186"/>
+    <w:rsid w:val="00026984"/>
+    <w:rsid w:val="0007474F"/>
+    <w:rsid w:val="000C4B2F"/>
+    <w:rsid w:val="000F1731"/>
+    <w:rsid w:val="0010132A"/>
+    <w:rsid w:val="001443D0"/>
+    <w:rsid w:val="00192A62"/>
+    <w:rsid w:val="001F2186"/>
+    <w:rsid w:val="00213306"/>
+    <w:rsid w:val="00246D36"/>
+    <w:rsid w:val="00274938"/>
+    <w:rsid w:val="00292188"/>
+    <w:rsid w:val="002F625D"/>
+    <w:rsid w:val="003047AF"/>
+    <w:rsid w:val="00321353"/>
+    <w:rsid w:val="003653D2"/>
+    <w:rsid w:val="003B0682"/>
+    <w:rsid w:val="003D6B79"/>
+    <w:rsid w:val="003E2240"/>
+    <w:rsid w:val="003E639B"/>
+    <w:rsid w:val="003F68FF"/>
+    <w:rsid w:val="004319F9"/>
+    <w:rsid w:val="00460C33"/>
+    <w:rsid w:val="004C7AC0"/>
+    <w:rsid w:val="004D442C"/>
+    <w:rsid w:val="004E284E"/>
+    <w:rsid w:val="005179EB"/>
+    <w:rsid w:val="0052128D"/>
+    <w:rsid w:val="005B3D9E"/>
+    <w:rsid w:val="00636955"/>
+    <w:rsid w:val="00660770"/>
+    <w:rsid w:val="00667EA0"/>
+    <w:rsid w:val="00681D5A"/>
+    <w:rsid w:val="006C07B5"/>
+    <w:rsid w:val="0077307B"/>
+    <w:rsid w:val="008042E4"/>
+    <w:rsid w:val="00872192"/>
+    <w:rsid w:val="008755E6"/>
+    <w:rsid w:val="008E259D"/>
+    <w:rsid w:val="00921864"/>
+    <w:rsid w:val="009260B6"/>
+    <w:rsid w:val="00931133"/>
+    <w:rsid w:val="009528E8"/>
+    <w:rsid w:val="009A1093"/>
+    <w:rsid w:val="009D7E81"/>
+    <w:rsid w:val="009F4E3B"/>
+    <w:rsid w:val="00A6432C"/>
+    <w:rsid w:val="00A84FBB"/>
+    <w:rsid w:val="00A87575"/>
+    <w:rsid w:val="00A92132"/>
+    <w:rsid w:val="00AE06B7"/>
+    <w:rsid w:val="00B17C11"/>
+    <w:rsid w:val="00B24ECD"/>
+    <w:rsid w:val="00B80A85"/>
+    <w:rsid w:val="00B81A0C"/>
+    <w:rsid w:val="00BF4DB8"/>
+    <w:rsid w:val="00C16E08"/>
+    <w:rsid w:val="00C21FFE"/>
+    <w:rsid w:val="00C47A47"/>
+    <w:rsid w:val="00C60CA3"/>
+    <w:rsid w:val="00CA7544"/>
+    <w:rsid w:val="00CD7405"/>
+    <w:rsid w:val="00D03BA2"/>
+    <w:rsid w:val="00D159D7"/>
+    <w:rsid w:val="00D54812"/>
+    <w:rsid w:val="00D6452D"/>
+    <w:rsid w:val="00D81DDC"/>
+    <w:rsid w:val="00D91F17"/>
+    <w:rsid w:val="00DA6BA3"/>
+    <w:rsid w:val="00DB5394"/>
+    <w:rsid w:val="00DB7957"/>
+    <w:rsid w:val="00DD379A"/>
+    <w:rsid w:val="00E21EF4"/>
+    <w:rsid w:val="00E5193E"/>
+    <w:rsid w:val="00E60BF6"/>
+    <w:rsid w:val="00E71226"/>
+    <w:rsid w:val="00E743BD"/>
+    <w:rsid w:val="00E933C5"/>
+    <w:rsid w:val="00EE6071"/>
+    <w:rsid w:val="00F10AF5"/>
+    <w:rsid w:val="00F269DD"/>
+    <w:rsid w:val="00F66F41"/>
+    <w:rsid w:val="00F94320"/>
+    <w:rsid w:val="00FB7B4F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="nb-NO"/>
+  <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0C855793"/>
+  <w14:docId w14:val="0B93A9EC"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{0BDD46CF-0007-4D79-A9B6-0BF2CD074E32}"/>
+  <w15:docId w15:val="{E38446A8-F2E7-4A4B-B0BC-3EC10E592E39}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nb-NO" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...895 lines deleted...]
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4586,245 +2314,853 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Overskrift1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Overskrift1Tegn"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F2186"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Overskrift2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Overskrift2Tegn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001F2186"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Overskrift3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Overskrift3Tegn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001F2186"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Overskrift4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Overskrift4Tegn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001F2186"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Overskrift5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Overskrift5Tegn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001F2186"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Overskrift6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Overskrift6Tegn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001F2186"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Overskrift7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Overskrift7Tegn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001F2186"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Overskrift8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Overskrift8Tegn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001F2186"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Overskrift9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Overskrift9Tegn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="001F2186"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardskriftforavsnitt">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Vanligtabell">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Ingenliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="30E42F788DBA41BAA450C7B108CC762E">
-[...1 lines deleted...]
-    <w:rsid w:val="009131E9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift1Tegn">
+    <w:name w:val="Overskrift 1 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001F2186"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift2Tegn">
+    <w:name w:val="Overskrift 2 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001F2186"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift3Tegn">
+    <w:name w:val="Overskrift 3 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001F2186"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift4Tegn">
+    <w:name w:val="Overskrift 4 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001F2186"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift5Tegn">
+    <w:name w:val="Overskrift 5 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001F2186"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift6Tegn">
+    <w:name w:val="Overskrift 6 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001F2186"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift7Tegn">
+    <w:name w:val="Overskrift 7 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001F2186"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift8Tegn">
+    <w:name w:val="Overskrift 8 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001F2186"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Overskrift9Tegn">
+    <w:name w:val="Overskrift 9 Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Overskrift9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001F2186"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tittel">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TittelTegn"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F2186"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TittelTegn">
+    <w:name w:val="Tittel Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Tittel"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="001F2186"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Undertittel">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="UndertittelTegn"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F2186"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UndertittelTegn">
+    <w:name w:val="Undertittel Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Undertittel"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="001F2186"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sitat">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SitatTegn"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F2186"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SitatTegn">
+    <w:name w:val="Sitat Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Sitat"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="001F2186"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listeavsnitt">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F2186"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Sterkutheving">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F2186"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sterktsitat">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SterktsitatTegn"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F2186"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SterktsitatTegn">
+    <w:name w:val="Sterkt sitat Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Sterktsitat"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="001F2186"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Sterkreferanse">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F2186"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabellrutenett">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Vanligtabell"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="001F2186"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Merknadsreferanse">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BF4DB8"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Merknadstekst">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="MerknadstekstTegn"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BF4DB8"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MerknadstekstTegn">
+    <w:name w:val="Merknadstekst Tegn"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:link w:val="Merknadstekst"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00BF4DB8"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentaremne">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Merknadstekst"/>
+    <w:next w:val="Merknadstekst"/>
+    <w:link w:val="KommentaremneTegn"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BF4DB8"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentaremneTegn">
+    <w:name w:val="Kommentaremne Tegn"/>
+    <w:basedOn w:val="MerknadstekstTegn"/>
+    <w:link w:val="Kommentaremne"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BF4DB8"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Plassholdertekst">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardskriftforavsnitt"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AD0111"/>
+    <w:rsid w:val="00EE6071"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0148F555D144CB7A68C16C112ACA1C7">
-[...25 lines deleted...]
-    <w:rsid w:val="00AD0111"/>
+  <w:style w:type="character" w:styleId="Hyperkobling">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000F1731"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Ulstomtale">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardskriftforavsnitt"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000F1731"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:regnskap@oslomet.no" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -4925,80 +3261,389 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100309189B3AED906448012316DEBF65FBD" ma:contentTypeVersion="13" ma:contentTypeDescription="Opprett et nytt dokument." ma:contentTypeScope="" ma:versionID="3ea72ac1393a79bb7e438027a2b8440c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="85397627-e795-4838-a55f-848fd6efb885" xmlns:ns3="87f6e94b-9cdf-4079-b464-d1b6ad140854" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b1f7dbcb05575d13f321ceee8b97f72c" ns2:_="" ns3:_="">
+    <xsd:import namespace="85397627-e795-4838-a55f-848fd6efb885"/>
+    <xsd:import namespace="87f6e94b-9cdf-4079-b464-d1b6ad140854"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="85397627-e795-4838-a55f-848fd6efb885" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildemerkelapper" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c837b304-89a2-409e-9d5c-9765d887efd4" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="16" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="20" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="87f6e94b-9cdf-4079-b464-d1b6ad140854" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Delt med" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Delingsdetaljer" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Innholdstype"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Tittel"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="85397627-e795-4838-a55f-848fd6efb885">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0E9FDF3-0943-4E09-9E57-C4A729DF2BDF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="85397627-e795-4838-a55f-848fd6efb885"/>
+    <ds:schemaRef ds:uri="87f6e94b-9cdf-4079-b464-d1b6ad140854"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3441189-88E8-4498-BC43-467CDD4F41E7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A5DF1FC-A66D-4FAF-9EF6-716012EA20F4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="87f6e94b-9cdf-4079-b464-d1b6ad140854"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="85397627-e795-4838-a55f-848fd6efb885"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{fec81f12-6286-4550-8911-f446fcdafa1f}" enabled="0" method="" siteId="{fec81f12-6286-4550-8911-f446fcdafa1f}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>253</Words>
-  <Characters>1341</Characters>
+  <Words>260</Words>
+  <Characters>1383</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tittel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Høgskolen i Oslo og Akershus</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1591</CharactersWithSpaces>
+  <CharactersWithSpaces>1640</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Brita Bye</dc:creator>
+  <dc:creator>Kristine Kuipers</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100309189B3AED906448012316DEBF65FBD</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>